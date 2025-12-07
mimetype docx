--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1,41 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="000E2A17" w:rsidRPr="0061671F" w:rsidRDefault="000E2A17" w:rsidP="000E2A17">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Angsana New"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
@@ -1565,75 +1569,75 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D238F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
-        <w:t>凡案件審查開始後，申請人如另有安排或不同意本會審查程序或結果，可隨時向本會申請「撤案」以終止案件後續審查，</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>凡案件審查開始後，申請人如另有安排或不同意本</w:t>
+      </w:r>
+      <w:r w:rsidR="008F49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="th-TH"/>
+        </w:rPr>
+        <w:t>會審查程序或結果，可隨時向本會申請「撤案」以終止案件後續審查，惟</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="006D238F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
-        <w:t>唯原已</w:t>
-[...11 lines deleted...]
-        <w:t>繳交之審查費用將不予退還。</w:t>
+        <w:t>原已繳交之審查費用將不予退還。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E2A17" w:rsidRPr="0061671F" w:rsidRDefault="000E2A17" w:rsidP="006077C5">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061671F">
@@ -2174,50 +2178,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>前項保密責任，不因本協議書之解除、終止或期滿而失效。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E2A17" w:rsidRPr="0061671F" w:rsidRDefault="000E2A17" w:rsidP="00E34AFB">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061671F">
@@ -2344,58 +2349,57 @@
         </w:rPr>
         <w:t>本審查會</w:t>
       </w:r>
       <w:r w:rsidR="000E2A17" w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>並得視研究計畫需要，實地訪視該計畫執行地點</w:t>
       </w:r>
       <w:r w:rsidR="00873481" w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>，乙方應提供必要之協助</w:t>
       </w:r>
-      <w:r w:rsidR="000E2A17" w:rsidRPr="0061671F">
-[...6 lines deleted...]
-          <w:lang w:bidi="th-TH"/>
+      <w:r w:rsidR="00785CCC" w:rsidRPr="00785CCC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA6D0F" w:rsidRPr="0061671F" w:rsidRDefault="00AA6D0F" w:rsidP="00E34AFB">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
@@ -2578,64 +2582,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>本審查會</w:t>
       </w:r>
       <w:r w:rsidR="0053092B" w:rsidRPr="00601913">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>設有諮詢窗口供研究團隊對受試者保護工作提供申訴、建言或諮詢，並將</w:t>
       </w:r>
       <w:r w:rsidR="0053092B" w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
-        <w:t>其內容通</w:t>
-[...12 lines deleted...]
-        <w:t>知乙方處理。申訴案件後續之處理，雙方有互相通報之責。</w:t>
+        <w:t>其內容通知乙方處理。申訴案件後續之處理，雙方有互相通報之責。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0053092B" w:rsidRPr="0061671F" w:rsidRDefault="0053092B" w:rsidP="00E34AFB">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061671F">
@@ -3149,50 +3140,51 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:beforeLines="50" w:before="180" w:afterLines="50" w:after="180" w:line="400" w:lineRule="exact"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>本協議書一式</w:t>
       </w:r>
       <w:r w:rsidR="00795758" w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>二</w:t>
       </w:r>
       <w:r w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>份，由甲、乙雙方機構各執一份為</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -3837,138 +3829,152 @@
       </w:r>
       <w:r w:rsidR="002871F4" w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="0061671F">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:bidi="th-TH"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00976388" w:rsidRPr="0061671F" w:rsidSect="000E2A17">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="009F1206" w:rsidRDefault="009F1206" w:rsidP="000E2A17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="009F1206" w:rsidRDefault="009F1206" w:rsidP="000E2A17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="01000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
     <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00A86704" w:rsidRDefault="00A86704">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1651276916"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
@@ -4013,51 +4019,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="000E2A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r w:rsidRPr="000E2A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00601913">
+            <w:r w:rsidR="008F49D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="000E2A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="000E2A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
@@ -4067,51 +4073,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="000E2A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r w:rsidRPr="000E2A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00601913">
+            <w:r w:rsidR="008F49D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="000E2A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w:rsidR="000E2A17" w:rsidRPr="000E2A17" w:rsidRDefault="000E2A17" w:rsidP="000E2A17">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4134,93 +4140,122 @@
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="009F435C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-01</w:t>
             </w:r>
             <w:r w:rsidR="009F435C" w:rsidRPr="006D238F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00024709" w:rsidRPr="006D238F">
+            <w:r w:rsidR="00A86704" w:rsidRPr="00A86704">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00A86704">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="000E2A17" w:rsidRDefault="000E2A17">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00A86704" w:rsidRDefault="00A86704">
+    <w:pPr>
+      <w:pStyle w:val="a5"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="009F1206" w:rsidRDefault="009F1206" w:rsidP="000E2A17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="009F1206" w:rsidRDefault="009F1206" w:rsidP="000E2A17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00A86704" w:rsidRDefault="00A86704">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="0068123C" w:rsidRDefault="0068123C" w:rsidP="0076634A">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:spacing w:afterLines="100" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="0068123C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:kern w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5109B58F" wp14:editId="7C870A35">
           <wp:extent cx="1447800" cy="1005840"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:docPr id="3" name="圖片 3" descr="基金會logo0418"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4244,50 +4279,60 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1447800" cy="1005840"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00A86704" w:rsidRDefault="00A86704">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="067A2083"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BC22626"/>
     <w:lvl w:ilvl="0" w:tplc="73A86B64">
       <w:start w:val="1"/>
       <w:numFmt w:val="taiwaneseCountingThousand"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1032" w:hanging="465"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1527" w:hanging="480"/>
@@ -4812,51 +4857,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="zh-TW" w:vendorID="64" w:dllVersion="131077" w:nlCheck="1" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E2A17"/>
@@ -4868,101 +4913,105 @@
     <w:rsid w:val="001825FF"/>
     <w:rsid w:val="002871F4"/>
     <w:rsid w:val="002D6195"/>
     <w:rsid w:val="002F004C"/>
     <w:rsid w:val="002F74B3"/>
     <w:rsid w:val="00304967"/>
     <w:rsid w:val="003509A3"/>
     <w:rsid w:val="00405A97"/>
     <w:rsid w:val="00476801"/>
     <w:rsid w:val="00526BED"/>
     <w:rsid w:val="0053092B"/>
     <w:rsid w:val="00576DBC"/>
     <w:rsid w:val="005B3AAB"/>
     <w:rsid w:val="005C27A0"/>
     <w:rsid w:val="005C5A9F"/>
     <w:rsid w:val="005E10D1"/>
     <w:rsid w:val="005E1A11"/>
     <w:rsid w:val="005E3089"/>
     <w:rsid w:val="00601913"/>
     <w:rsid w:val="006077C5"/>
     <w:rsid w:val="0061671F"/>
     <w:rsid w:val="0068123C"/>
     <w:rsid w:val="006D238F"/>
     <w:rsid w:val="006D6E48"/>
     <w:rsid w:val="0076634A"/>
+    <w:rsid w:val="00785CCC"/>
     <w:rsid w:val="00795758"/>
     <w:rsid w:val="008475A9"/>
     <w:rsid w:val="00873481"/>
     <w:rsid w:val="00880A97"/>
     <w:rsid w:val="0089101E"/>
+    <w:rsid w:val="008F49D6"/>
     <w:rsid w:val="009717C3"/>
     <w:rsid w:val="00976388"/>
     <w:rsid w:val="009F1206"/>
     <w:rsid w:val="009F435C"/>
     <w:rsid w:val="00A17581"/>
+    <w:rsid w:val="00A86704"/>
     <w:rsid w:val="00AA6D0F"/>
     <w:rsid w:val="00AC7669"/>
     <w:rsid w:val="00BD4492"/>
     <w:rsid w:val="00BF54B6"/>
     <w:rsid w:val="00C522C4"/>
     <w:rsid w:val="00CC7136"/>
     <w:rsid w:val="00D45C38"/>
     <w:rsid w:val="00D641C1"/>
     <w:rsid w:val="00E34AFB"/>
     <w:rsid w:val="00E60CEE"/>
     <w:rsid w:val="00EC1F2C"/>
     <w:rsid w:val="00F034C0"/>
     <w:rsid w:val="00F31C24"/>
     <w:rsid w:val="00FC66BF"/>
     <w:rsid w:val="00FE1E3B"/>
     <w:rsid w:val="00FF41EC"/>
     <w:rsid w:val="00FF6455"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="36865"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="65CC4421"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8444FDBB-EC50-4D48-B3C2-A7D3A443B19F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5468,54 +5517,54 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1116288853">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -5745,60 +5794,60 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9F50104-7229-495A-8A20-4AA1C31E9281}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2322F9-5C27-4CAC-8FD5-21CAB2978104}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>334</Words>
   <Characters>1906</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>臺北榮民總醫院</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2236</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>USER</dc:creator>
   <cp:keywords/>
   <dc:description/>